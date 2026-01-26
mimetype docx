--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.08 mil. SFr Construction start Jan 2026 ‍ Planning/detailed stage Building application submitted ‍ Wigasol AG 4626 Niederbuchsiten Architect. 05 Nov 2025 Pietropaolo AG Immobilien 4414 Füllinsdorf Promoter. 05 Nov 2025 ‍ Vincenzo Pietropaolo Promoter ‍ ‍ ‍ ‍ My projects My tenders My companies ‍ Olmero AG Europa-Strasse 30 8152 Glattbrugg, Switzerland Tel +41 848 656 376 info@olmero.ch ‍ ‍ Data &amp; Privacy Policy ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1460789?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-06 06:05</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 20:42</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>