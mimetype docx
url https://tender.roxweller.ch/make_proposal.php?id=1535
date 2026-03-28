--- v1 (2026-01-26)
+++ v2 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.08 mil. SFr Construction start Jan 2026 ‍ Planning/detailed stage Building application submitted ‍ Wigasol AG 4626 Niederbuchsiten Architect. 05 Nov 2025 Pietropaolo AG Immobilien 4414 Füllinsdorf Promoter. 05 Nov 2025 ‍ Vincenzo Pietropaolo Promoter ‍ ‍ ‍ ‍ My projects My tenders My companies ‍ Olmero AG Europa-Strasse 30 8152 Glattbrugg, Switzerland Tel +41 848 656 376 info@olmero.ch ‍ ‍ Data &amp; Privacy Policy ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1460789?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 20:42</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 20:59</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>