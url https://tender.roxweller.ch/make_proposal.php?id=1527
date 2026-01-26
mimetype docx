--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.07 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Building application submitted ‍ Sandor und Sonja Szalay 4132 Muttenz Promoter. 17 Nov 2025 ‍ Sandor Szalay Promoter ‍ Sonja Szalay Promoter Wieland TB 4147 Aesch BL Architect. 17 Nov 2025 ‍ Manfred Wieland Architect ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1465768?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 20:47</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 22:46</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>