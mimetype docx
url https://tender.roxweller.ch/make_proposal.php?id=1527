--- v1 (2026-01-26)
+++ v2 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.07 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Building application submitted ‍ Sandor und Sonja Szalay 4132 Muttenz Promoter. 17 Nov 2025 ‍ Sandor Szalay Promoter ‍ Sonja Szalay Promoter Wieland TB 4147 Aesch BL Architect. 17 Nov 2025 ‍ Manfred Wieland Architect ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1465768?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 22:46</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 21:02</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>