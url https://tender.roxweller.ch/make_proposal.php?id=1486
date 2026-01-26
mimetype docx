--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.3 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Building application submitted ‍ Dominik Bürgi und Susanna Neuenschwander 3672 Oberdiessbach Promoter. 21 Nov 2025 ‍ Dominik Bürgi Promoter ‍ Susanna Neuenschwander Promoter Christian Breitenstein 3600 Thun Architect. 21 Nov 2025 ‍ Christian Breitenstein Architect ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1467669?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-06 06:00</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 20:47</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>