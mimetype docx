--- v1 (2026-01-26)
+++ v2 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.3 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Building application submitted ‍ Dominik Bürgi und Susanna Neuenschwander 3672 Oberdiessbach Promoter. 21 Nov 2025 ‍ Dominik Bürgi Promoter ‍ Susanna Neuenschwander Promoter Christian Breitenstein 3600 Thun Architect. 21 Nov 2025 ‍ Christian Breitenstein Architect ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1467669?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 20:47</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 21:02</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>