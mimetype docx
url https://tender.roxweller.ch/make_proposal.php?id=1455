--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.08 mil. SFr Construction start Jan 2026 ‍ Planning/detailed stage Building application submitted ‍ François Wüthrich 2333 La Ferrière Promoter. 19 Nov 2025 Jacques Geiser 2333 La Ferrière Architect. 19 Nov 2025 ‍ ‍ ‍ ‍ My projects My tenders My companies ‍ Olmero AG Europa-Strasse 30 8152 Glattbrugg, Switzerland Tel +41 848 656 376 info@olmero.ch ‍ ‍ Data &amp; Privacy Policy ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1467109?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-06 06:09</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 20:44</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>