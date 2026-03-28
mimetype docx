--- v1 (2026-01-26)
+++ v2 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.08 mil. SFr Construction start Jan 2026 ‍ Planning/detailed stage Building application submitted ‍ François Wüthrich 2333 La Ferrière Promoter. 19 Nov 2025 Jacques Geiser 2333 La Ferrière Architect. 19 Nov 2025 ‍ ‍ ‍ ‍ My projects My tenders My companies ‍ Olmero AG Europa-Strasse 30 8152 Glattbrugg, Switzerland Tel +41 848 656 376 info@olmero.ch ‍ ‍ Data &amp; Privacy Policy ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1467109?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 20:44</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 20:59</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>