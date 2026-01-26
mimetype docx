--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -13,75 +13,75 @@
     Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"
     Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Roxweller GmbH</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">🏗️ Project Proposal</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Title: Anbau Vordach und Pergola an best. Liegenschaft</w:t>
+        <w:t xml:space="preserve">Title: Erweiterung Ausschankstelle auf bestehender Terrasse mit einem Ausschankmobil und 5 Stehtischen mit 25 Stehplätzen für den Winterbetrieb</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Source: OLMERO_EMAIL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Published: 2025-11-12 07:02:07</w:t>
+        <w:t xml:space="preserve">Published: 2025-11-19 07:01:46</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Budget: 0.07 mil. SFr | Architekt: en AG 3280 Murten | Baustart: Jan 2026 ‍ Planung/detaillierte | Phase: Baugesuch eingereicht ‍ TKS</w:t>
+        <w:t xml:space="preserve">Budget: 1 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Planning application - Early Info ‍ Steinbock Grindelwald AG 3818 Grindelwald Promoter. 18 Nov 2025 Architect. 18 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1463078?set_client_id=26509</w:t>
+        <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1466265?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-06 06:04</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 20:46</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>