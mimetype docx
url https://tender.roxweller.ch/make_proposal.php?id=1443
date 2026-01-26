--- v1 (2026-01-26)
+++ v2 (2026-01-26)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 1 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Planning application - Early Info ‍ Steinbock Grindelwald AG 3818 Grindelwald Promoter. 18 Nov 2025 Architect. 18 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1466265?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 20:46</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 22:44</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>