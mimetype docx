--- v2 (2026-01-26)
+++ v3 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 1 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Planning application - Early Info ‍ Steinbock Grindelwald AG 3818 Grindelwald Promoter. 18 Nov 2025 Architect. 18 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1466265?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 22:44</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 21:05</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>