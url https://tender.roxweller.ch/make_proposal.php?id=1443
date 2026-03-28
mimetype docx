--- v3 (2026-03-28)
+++ v4 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 1 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Planning application - Early Info ‍ Steinbock Grindelwald AG 3818 Grindelwald Promoter. 18 Nov 2025 Architect. 18 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1466265?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-03-28 21:05</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 22:50</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>