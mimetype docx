--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.07 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Building application submitted ‍ Sunrise GmbH 8152 Glattpark (Opfikon) Promoter. 18 Nov 2025 Axians Schweiz AG 3063 Ittigen Architect. 18 Nov 2025 ‍ Salt Mobile SA 1020 Renens VD Promoter. 18 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1466066?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-06 06:04</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 20:42</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>