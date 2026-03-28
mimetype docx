--- v1 (2026-01-26)
+++ v2 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.07 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Building application submitted ‍ Sunrise GmbH 8152 Glattpark (Opfikon) Promoter. 18 Nov 2025 Axians Schweiz AG 3063 Ittigen Architect. 18 Nov 2025 ‍ Salt Mobile SA 1020 Renens VD Promoter. 18 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1466066?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 20:42</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 20:58</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>