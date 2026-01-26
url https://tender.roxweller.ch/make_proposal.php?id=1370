--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 1 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Planning application - Early Info ‍ Swisscom (Schweiz) AG 3050 Bern Promoter. 13 Nov 2025 Swisscom (Schweiz) AG, Wireless Access, Alte Tiefenaustrasse 6, 3050 Bernvertreten durch Swisscom (Schweiz) AG, Sarah Glandien 3050 Bern Architect. 13 Nov 2025 ‍ Sarah Glandien Architect ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1464205?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-06 06:01</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-01-26 20:43</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>