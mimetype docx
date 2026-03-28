--- v1 (2026-01-26)
+++ v2 (2026-03-28)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 1 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Planning application - Early Info ‍ Swisscom (Schweiz) AG 3050 Bern Promoter. 13 Nov 2025 Swisscom (Schweiz) AG, Wireless Access, Alte Tiefenaustrasse 6, 3050 Bernvertreten durch Swisscom (Schweiz) AG, Sarah Glandien 3050 Bern Architect. 13 Nov 2025 ‍ Sarah Glandien Architect ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1464205?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-01-26 20:43</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-03-28 20:59</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>